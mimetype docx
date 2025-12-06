--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -289,51 +289,51 @@
       <w:r>
         <w:t>** Purdue University, West Lafayette IN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="moreInstitutions"/>
       </w:pPr>
       <w:r>
         <w:t>*** Washington State University, Pullman WA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="moreInstitutions"/>
       </w:pPr>
       <w:r>
         <w:t>**** University of Maine, Honors College, Orono ME</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="moreInstitutions"/>
       </w:pPr>
       <w:r>
-        <w:t>***** Cabrini University, Radnor PA</w:t>
+        <w:t>***** Cabrini Univ. (Now Villanova Univ. Cabrini Campus, Radnor PA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="moreInstitutions"/>
       </w:pPr>
       <w:r>
         <w:t>****** University of Louisiana at Monroe, Monroe LA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="moreInstitutions"/>
       </w:pPr>
       <w:r>
         <w:t>******* Johns Hopkins University, Baltimore MD</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="moreInstitutions"/>
       </w:pPr>
       <w:r>
         <w:t>******** Queensborough Community College, Bayside NY</w:t>
       </w:r>