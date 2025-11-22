--- v0 (2025-10-25)
+++ v1 (2025-11-22)
@@ -50,51 +50,51 @@
       <w:r>
         <w:t>2021 SEA Symposium Abstract</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>Brigham Young University</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>Provo UT</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
-        <w:t>Corresponding Faculty Member: Don Breakwell  (breakwell@byu.edu)</w:t>
+        <w:t>Corresponding Faculty Member: Don Breakwell  (don_breakwell@byu.edu)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="AbsTitle"/>
       </w:pPr>
       <w:r>
         <w:t>Saratos: A Newly Isolated and Novel Microbacterium foliorum Bacteriophage</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="AbsAuthors"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Thomas J Wilhite</w:t>
       </w:r>
       <w:r>
         <w:rPr>