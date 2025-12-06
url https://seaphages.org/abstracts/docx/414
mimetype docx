--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -35,51 +35,51 @@
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ConsiderMe"/>
       </w:pPr>
       <w:r>
         <w:t>CONSIDER FOR TALK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BigTop"/>
       </w:pPr>
       <w:r>
         <w:t>10th Annual SEA Symposium Abstract</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
-        <w:t>Cabrini University</w:t>
+        <w:t>Cabrini Univ. (Now Villanova Univ. Cabrini Campus</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>Radnor PA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>Corresponding Faculty Member: Melinda Harrison  (mah348@gmail.com)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">