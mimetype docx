--- v0 (2025-10-06)
+++ v1 (2026-02-06)
@@ -51,51 +51,51 @@
       <w:r>
         <w:t>9th Annual SEA-PHAGES Symposium Abstract</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>Marywood University</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>Scranton PA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
-        <w:t>Corresponding Faculty Member: Mary Ann Smith  (SmithMaryAnnV@aol.com)</w:t>
+        <w:t>Corresponding Faculty Member: Mary Ann Smith  (mvs14@psu.edu)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
             <wp:extent cx="914400" cy="1390990"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="MRYW_Tirella_HeadShot.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>