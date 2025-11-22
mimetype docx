--- v0 (2025-10-10)
+++ v1 (2025-11-22)
@@ -35,51 +35,51 @@
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ConsiderMeNot"/>
       </w:pPr>
       <w:r>
         <w:t>DO NOT CONSIDER FOR TALK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BigTop"/>
       </w:pPr>
       <w:r>
         <w:t>2025 SEA Symposium Abstract</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
-        <w:t>Universidad Autonoma de Sinaloa</w:t>
+        <w:t>Universidad Autónoma de Sinaloa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Culiacán </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>Corresponding Faculty Member: Jesús Ricardo Parra Unda  (ricardoparraund@uas.edu.mx)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">