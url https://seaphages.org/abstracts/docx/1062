--- v0 (2025-11-07)
+++ v1 (2025-12-01)
@@ -61,1288 +61,190 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>West Lafayette IN</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="InstitutionInfo"/>
       </w:pPr>
       <w:r>
         <w:t>Corresponding Faculty Member: Kari Clase  (kclase@purdue.edu)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="AbsTitle"/>
       </w:pPr>
       <w:r>
-        <w:t>Isolation, Characterization, and Annotation of Mycobacterium smegmatis Bacteriophages SrishMeg2525, MadKillah, Nedwong, PurduePete, AlpineSix, and UptownCabaret</w:t>
+        <w:t>Identifying Essential Genes for the Assembly and Function of Tails in Novel Myoviridae Bacteriophages</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="AbsAuthors"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Grace Andrews</w:t>
+        <w:t>Harry Ashbaugh</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Cai Alvin</w:t>
+        <w:t>Kari Clase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Chane Carissa</w:t>
+        <w:t>Jenna McLean</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Davern Lauren</w:t>
+        <w:t>Braden Rutledge</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Driscoll Maya</w:t>
+        <w:t>Francesca Hamacher</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Molly Dye</w:t>
+        <w:t>Grace May</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Ally Garrard</w:t>
+        <w:t>Ella Jameson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Ben Goncher</w:t>
+        <w:t>Mario Perez-Ahuatl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Elizabeth Grivetti</w:t>
-[...287 lines deleted...]
-        <w:t>Kay Annunziata</w:t>
+        <w:t>Susan Lintott</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Ryan Buencamino</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Gabby Burke</w:t>
-[...178 lines deleted...]
-        </w:rPr>
         <w:t>Connor Meek</w:t>
-      </w:r>
-[...622 lines deleted...]
-        <w:t>Kari Clase</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="AbsText"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">In the fall of 2022, 24 unique Mycobacterium smegmatis bacteriophages were isolated from soil samples, mainly around Purdue University in West Lafayette, IN. Many successful isolations occurred from samples in mulch beds on the Purdue campus. After direct isolation, the phages were purified and amplified. Once each of the student groups reached a high enough titer, DNA extraction was performed. To characterize the unique samples, electron microscopy imaging was utilized and a restriction enzyme digest was performed. The 24 samples displayed unique morphologies and restriction enzyme gel results. From these isolations, six high-titer samples were chosen to be sequenced and characterized further. </w:t>
-[...5 lines deleted...]
-        <w:t>With each new bacteriophage isolated and annotated, new discoveries can contribute to the overall search for advancements in biotechnology in a quickly changing research industry.</w:t>
+        <w:t>A bacteriophage is a virus that infects bacterial hosts. They are typically composed of a head, a tail, and fibers on the tail that allow it to attach to the bacterial membrane. Myoviridae are a family of bacteriophage that are distinct for their short, contractile tails that undergo conformational changes when they attach to bacteria, which are essential to inject its genetic material into the cell. These tails are vital not just to the structure, but to the function of the virus itself. The purpose of this research is to utilize genetic sequencing and comparative genomics to identify the genes that allow for the tail structure, size, conformation change, and attachment in novel Myoviridae bacteriophages. In characterizing these genomes, patterns can be developed across viruses that can help further determine the mechanism through which viral infection of bacteria occurs.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007856D7" w:rsidRPr="005226D7" w:rsidSect="00447FE3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1152" w:bottom="1152" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>